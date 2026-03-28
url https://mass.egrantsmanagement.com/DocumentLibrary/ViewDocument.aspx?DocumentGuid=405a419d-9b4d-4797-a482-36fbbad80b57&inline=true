--- v0 (2025-11-04)
+++ v1 (2026-03-28)
@@ -324,51 +324,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00887B31">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00887B31">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc200517196 \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00887B31">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00887B31">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00887B31">
+            <w:r w:rsidR="00BB4897">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00887B31">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="62C76268" w14:textId="6FDC9AFC" w:rsidR="00887B31" w:rsidRDefault="00887B31">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:szCs w:val="30"/>
               <w:lang w:eastAsia="zh-CN" w:bidi="th-TH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
@@ -387,51 +387,51 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc200517197 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB4897">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="16172220" w14:textId="1E25907B" w:rsidR="00887B31" w:rsidRDefault="00887B31">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:szCs w:val="30"/>
               <w:lang w:eastAsia="zh-CN" w:bidi="th-TH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
@@ -450,51 +450,51 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc200517198 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB4897">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="1084E026" w14:textId="6E2D7EAE" w:rsidR="00887B31" w:rsidRDefault="00887B31">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:szCs w:val="30"/>
               <w:lang w:eastAsia="zh-CN" w:bidi="th-TH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
@@ -513,51 +513,51 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc200517199 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB4897">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="5497BFF6" w14:textId="5DF89399" w:rsidR="00887B31" w:rsidRDefault="00887B31">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:szCs w:val="30"/>
               <w:lang w:eastAsia="zh-CN" w:bidi="th-TH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
@@ -576,51 +576,51 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc200517200 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB4897">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="5CAC1602" w14:textId="44BCA457" w:rsidR="00887B31" w:rsidRDefault="00887B31">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:szCs w:val="30"/>
               <w:lang w:eastAsia="zh-CN" w:bidi="th-TH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
@@ -639,51 +639,51 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc200517201 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB4897">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="074CCE39" w14:textId="50D53C2B" w:rsidR="004A5BC9" w:rsidRPr="004A5BC9" w:rsidRDefault="00541C50" w:rsidP="004A5BC9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004A5BC9">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -2530,60 +2530,51 @@
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:color w:val="212529"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc200517201"/>
       <w:r w:rsidRPr="00AD47ED">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Questions through </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">June </w:t>
-[...8 lines deleted...]
-        <w:t>12</w:t>
+        <w:t>June 12</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD47ED">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>, 2025</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="73322015" w14:textId="77777777" w:rsidR="00660C8A" w:rsidRDefault="00660C8A" w:rsidP="00122650">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212529"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -2722,65 +2713,65 @@
     <w:p w14:paraId="297AAE71" w14:textId="77777777" w:rsidR="00660C8A" w:rsidRPr="00660C8A" w:rsidRDefault="00660C8A" w:rsidP="00660C8A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00660C8A" w:rsidRPr="00660C8A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1960BCBA" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F" w:rsidP="00720BB6">
+    <w:p w14:paraId="10099189" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F" w:rsidP="00720BB6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A100487" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F" w:rsidP="00720BB6">
+    <w:p w14:paraId="3AF93061" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F" w:rsidP="00720BB6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E4E815D" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F"/>
+    <w:p w14:paraId="19C5E3B5" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2833,65 +2824,65 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BCB1306" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F" w:rsidP="00720BB6">
+    <w:p w14:paraId="69AC03CE" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F" w:rsidP="00720BB6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6192FB33" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F" w:rsidP="00720BB6">
+    <w:p w14:paraId="2F9D17F9" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F" w:rsidP="00720BB6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="662F64AF" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F"/>
+    <w:p w14:paraId="6F30DC35" w14:textId="77777777" w:rsidR="002D262F" w:rsidRDefault="002D262F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="004C200A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A46C49D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -4233,50 +4224,51 @@
     <w:rsid w:val="00366C53"/>
     <w:rsid w:val="0037054A"/>
     <w:rsid w:val="00370601"/>
     <w:rsid w:val="003828E8"/>
     <w:rsid w:val="00383912"/>
     <w:rsid w:val="00385FFA"/>
     <w:rsid w:val="00397072"/>
     <w:rsid w:val="003B5270"/>
     <w:rsid w:val="003B64AA"/>
     <w:rsid w:val="003D3694"/>
     <w:rsid w:val="003D421B"/>
     <w:rsid w:val="003E69AF"/>
     <w:rsid w:val="003F4FA3"/>
     <w:rsid w:val="003F7C6A"/>
     <w:rsid w:val="00405109"/>
     <w:rsid w:val="00412F23"/>
     <w:rsid w:val="00413ECE"/>
     <w:rsid w:val="00422DDB"/>
     <w:rsid w:val="0042436A"/>
     <w:rsid w:val="004273DF"/>
     <w:rsid w:val="00432432"/>
     <w:rsid w:val="00435529"/>
     <w:rsid w:val="00435666"/>
     <w:rsid w:val="00437C3D"/>
     <w:rsid w:val="004405C3"/>
+    <w:rsid w:val="004453E9"/>
     <w:rsid w:val="00453D2A"/>
     <w:rsid w:val="0045426C"/>
     <w:rsid w:val="00457414"/>
     <w:rsid w:val="00461351"/>
     <w:rsid w:val="00462F92"/>
     <w:rsid w:val="00466ECD"/>
     <w:rsid w:val="00470B69"/>
     <w:rsid w:val="0048385B"/>
     <w:rsid w:val="0048654E"/>
     <w:rsid w:val="004A09AB"/>
     <w:rsid w:val="004A1D3E"/>
     <w:rsid w:val="004A4602"/>
     <w:rsid w:val="004A5BC9"/>
     <w:rsid w:val="004B5145"/>
     <w:rsid w:val="004B5E7D"/>
     <w:rsid w:val="004C5BCE"/>
     <w:rsid w:val="004D1285"/>
     <w:rsid w:val="004D18ED"/>
     <w:rsid w:val="004D24FD"/>
     <w:rsid w:val="004D4F7A"/>
     <w:rsid w:val="004D6B2E"/>
     <w:rsid w:val="004D7A5C"/>
     <w:rsid w:val="004E0CBC"/>
     <w:rsid w:val="004E1985"/>
     <w:rsid w:val="004E20BE"/>
@@ -4428,50 +4420,51 @@
     <w:rsid w:val="00AC1B9E"/>
     <w:rsid w:val="00AC5648"/>
     <w:rsid w:val="00AC6933"/>
     <w:rsid w:val="00AD15D8"/>
     <w:rsid w:val="00AD41BA"/>
     <w:rsid w:val="00AD47ED"/>
     <w:rsid w:val="00AD515B"/>
     <w:rsid w:val="00AE6300"/>
     <w:rsid w:val="00B11C52"/>
     <w:rsid w:val="00B17C04"/>
     <w:rsid w:val="00B24E8F"/>
     <w:rsid w:val="00B30ABE"/>
     <w:rsid w:val="00B41D5F"/>
     <w:rsid w:val="00B51808"/>
     <w:rsid w:val="00B5210D"/>
     <w:rsid w:val="00B529FC"/>
     <w:rsid w:val="00B549AD"/>
     <w:rsid w:val="00B63AA6"/>
     <w:rsid w:val="00B710F5"/>
     <w:rsid w:val="00B73F7E"/>
     <w:rsid w:val="00B8147B"/>
     <w:rsid w:val="00B82F8E"/>
     <w:rsid w:val="00B92600"/>
     <w:rsid w:val="00B97C79"/>
     <w:rsid w:val="00BA2F61"/>
+    <w:rsid w:val="00BB4897"/>
     <w:rsid w:val="00BC2004"/>
     <w:rsid w:val="00BC6F64"/>
     <w:rsid w:val="00BD1C6D"/>
     <w:rsid w:val="00BD64D5"/>
     <w:rsid w:val="00BE3163"/>
     <w:rsid w:val="00BE79DA"/>
     <w:rsid w:val="00BF02DE"/>
     <w:rsid w:val="00BF3C76"/>
     <w:rsid w:val="00BF406F"/>
     <w:rsid w:val="00C00A05"/>
     <w:rsid w:val="00C01524"/>
     <w:rsid w:val="00C0772F"/>
     <w:rsid w:val="00C1005F"/>
     <w:rsid w:val="00C429C7"/>
     <w:rsid w:val="00C55AAF"/>
     <w:rsid w:val="00C62DA2"/>
     <w:rsid w:val="00C6751B"/>
     <w:rsid w:val="00C675FA"/>
     <w:rsid w:val="00C75349"/>
     <w:rsid w:val="00C90084"/>
     <w:rsid w:val="00C96D79"/>
     <w:rsid w:val="00CB5AC3"/>
     <w:rsid w:val="00CC09DF"/>
     <w:rsid w:val="00CC57B4"/>
     <w:rsid w:val="00CC5837"/>
@@ -4499,50 +4492,51 @@
     <w:rsid w:val="00D646DE"/>
     <w:rsid w:val="00D655CB"/>
     <w:rsid w:val="00D66CF2"/>
     <w:rsid w:val="00D6731B"/>
     <w:rsid w:val="00D7005A"/>
     <w:rsid w:val="00D70826"/>
     <w:rsid w:val="00D74381"/>
     <w:rsid w:val="00D7636D"/>
     <w:rsid w:val="00D81B21"/>
     <w:rsid w:val="00D87797"/>
     <w:rsid w:val="00D94E5A"/>
     <w:rsid w:val="00DA2CC1"/>
     <w:rsid w:val="00DA38C5"/>
     <w:rsid w:val="00DB21C0"/>
     <w:rsid w:val="00DB6A8D"/>
     <w:rsid w:val="00DC0C33"/>
     <w:rsid w:val="00DC3E8F"/>
     <w:rsid w:val="00DD5B33"/>
     <w:rsid w:val="00E07866"/>
     <w:rsid w:val="00E13EC7"/>
     <w:rsid w:val="00E2650B"/>
     <w:rsid w:val="00E446DE"/>
     <w:rsid w:val="00E5416B"/>
     <w:rsid w:val="00E64822"/>
     <w:rsid w:val="00E676BC"/>
+    <w:rsid w:val="00E83567"/>
     <w:rsid w:val="00E867F3"/>
     <w:rsid w:val="00E878E6"/>
     <w:rsid w:val="00E92FA6"/>
     <w:rsid w:val="00EA50A0"/>
     <w:rsid w:val="00EA6EB6"/>
     <w:rsid w:val="00EB6CD8"/>
     <w:rsid w:val="00EB75A1"/>
     <w:rsid w:val="00EC2820"/>
     <w:rsid w:val="00ED1548"/>
     <w:rsid w:val="00ED2910"/>
     <w:rsid w:val="00ED3CF3"/>
     <w:rsid w:val="00ED5786"/>
     <w:rsid w:val="00ED69DF"/>
     <w:rsid w:val="00EE3FFC"/>
     <w:rsid w:val="00EE5EF2"/>
     <w:rsid w:val="00EF0BB7"/>
     <w:rsid w:val="00EF1607"/>
     <w:rsid w:val="00EF33A1"/>
     <w:rsid w:val="00F02E70"/>
     <w:rsid w:val="00F069FD"/>
     <w:rsid w:val="00F126CB"/>
     <w:rsid w:val="00F13C31"/>
     <w:rsid w:val="00F1440E"/>
     <w:rsid w:val="00F148EC"/>
     <w:rsid w:val="00F16438"/>
@@ -6242,83 +6236,83 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5e52e1ca-4780-478c-9e15-43ff0784ab0a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" xsi:nil="true"/>
     <SharedWithUsers xmlns="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5">
       <UserInfo>
         <DisplayName>McKinnon, Kristen A (DESE)</DisplayName>
         <AccountId>343</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Fan-Chan, Shirley (DESE)</DisplayName>
         <AccountId>9376</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
-</file>
-[...11 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100089C61782F326748B4350C16576B1264" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e7561f8dc24fc355239aa092c8188451">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e52e1ca-4780-478c-9e15-43ff0784ab0a" xmlns:ns3="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fb6947f39bc9c2895b517804e34bc7b" ns2:_="" ns3:_="">
     <xsd:import namespace="5e52e1ca-4780-478c-9e15-43ff0784ab0a"/>
     <xsd:import namespace="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -6519,116 +6513,122 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF1C2C6E-D839-42FE-A077-3D026E82067C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB096555-4C1D-4ADA-BC30-E8F0C5FA2C55}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EA9D6EE-B90A-4433-B816-D8F1C125ACD9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB096555-4C1D-4ADA-BC30-E8F0C5FA2C55}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF1C2C6E-D839-42FE-A077-3D026E82067C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="5e52e1ca-4780-478c-9e15-43ff0784ab0a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE56C7CE-F209-433F-9977-AE4A49BD25CA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e52e1ca-4780-478c-9e15-43ff0784ab0a"/>
     <ds:schemaRef ds:uri="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1355</Words>
-  <Characters>7726</Characters>
+  <Words>1353</Words>
+  <Characters>7716</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>64</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9063</CharactersWithSpaces>
+  <CharactersWithSpaces>9051</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="54" baseType="variant">
       <vt:variant>
         <vt:i4>8192121</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.doe.mass.edu/grants/2025/0310/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>8192121</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -6766,40 +6766,41 @@
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Shirley.Fan-Chan2@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>McKinnon, Kristen A (DESE)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100089C61782F326748B4350C16576B1264</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>